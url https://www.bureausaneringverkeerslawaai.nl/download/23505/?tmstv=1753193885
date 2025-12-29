--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -1,304 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\BSV\DGMI\09 - Externe communicatie\Website\Documenten website\Lijst saneringsobjecten Uks\Gereed voor website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\BSV\DGMI\09 - Externe communicatie\Website\Documenten website\Lijst saneringsobjecten Uks\Archief\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54F66606-B169-4139-A6BB-EB09DE9601AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE056ACE-BEDF-4B87-B387-8F66F2843CCB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lijst saneringsobjecten " sheetId="1" r:id="rId1"/>
-    <sheet name="Toelichting" sheetId="5" r:id="rId2"/>
+    <sheet name="Toelichting" sheetId="3" r:id="rId2"/>
     <sheet name="Blad2" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...5 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O111" i="1" l="1"/>
-  <c r="Q111" i="1" s="1"/>
+  <c r="C7" i="1" l="1"/>
+  <c r="O111" i="1"/>
   <c r="O110" i="1"/>
-  <c r="Q110" i="1" s="1"/>
   <c r="O109" i="1"/>
-  <c r="Q109" i="1" s="1"/>
   <c r="O108" i="1"/>
-  <c r="Q108" i="1" s="1"/>
   <c r="O107" i="1"/>
-  <c r="Q107" i="1" s="1"/>
   <c r="O106" i="1"/>
-  <c r="Q106" i="1" s="1"/>
   <c r="O105" i="1"/>
-  <c r="Q105" i="1" s="1"/>
   <c r="O104" i="1"/>
-  <c r="Q104" i="1" s="1"/>
   <c r="O103" i="1"/>
-  <c r="Q103" i="1" s="1"/>
   <c r="O102" i="1"/>
-  <c r="Q102" i="1" s="1"/>
   <c r="O101" i="1"/>
-  <c r="Q101" i="1" s="1"/>
   <c r="O100" i="1"/>
-  <c r="Q100" i="1" s="1"/>
   <c r="O99" i="1"/>
-  <c r="Q99" i="1" s="1"/>
   <c r="O98" i="1"/>
-  <c r="Q98" i="1" s="1"/>
   <c r="O97" i="1"/>
-  <c r="Q97" i="1" s="1"/>
   <c r="O96" i="1"/>
-  <c r="Q96" i="1" s="1"/>
   <c r="O95" i="1"/>
-  <c r="Q95" i="1" s="1"/>
   <c r="O94" i="1"/>
-  <c r="Q94" i="1" s="1"/>
   <c r="O93" i="1"/>
-  <c r="Q93" i="1" s="1"/>
   <c r="O92" i="1"/>
-  <c r="Q92" i="1" s="1"/>
   <c r="O91" i="1"/>
-  <c r="Q91" i="1" s="1"/>
   <c r="O90" i="1"/>
-  <c r="Q90" i="1" s="1"/>
   <c r="O89" i="1"/>
-  <c r="Q89" i="1" s="1"/>
   <c r="O88" i="1"/>
-  <c r="Q88" i="1" s="1"/>
   <c r="O87" i="1"/>
-  <c r="Q87" i="1" s="1"/>
   <c r="O86" i="1"/>
-  <c r="Q86" i="1" s="1"/>
   <c r="O85" i="1"/>
-  <c r="Q85" i="1" s="1"/>
   <c r="O84" i="1"/>
-  <c r="Q84" i="1" s="1"/>
   <c r="O83" i="1"/>
-  <c r="Q83" i="1" s="1"/>
   <c r="O82" i="1"/>
-  <c r="Q82" i="1" s="1"/>
   <c r="O81" i="1"/>
-  <c r="Q81" i="1" s="1"/>
   <c r="O80" i="1"/>
-  <c r="Q80" i="1" s="1"/>
   <c r="O79" i="1"/>
-  <c r="Q79" i="1" s="1"/>
   <c r="O78" i="1"/>
-  <c r="Q78" i="1" s="1"/>
   <c r="O77" i="1"/>
-  <c r="Q77" i="1" s="1"/>
   <c r="O76" i="1"/>
-  <c r="Q76" i="1" s="1"/>
   <c r="O75" i="1"/>
-  <c r="Q75" i="1" s="1"/>
   <c r="O74" i="1"/>
-  <c r="Q74" i="1" s="1"/>
   <c r="O73" i="1"/>
-  <c r="Q73" i="1" s="1"/>
   <c r="O72" i="1"/>
-  <c r="Q72" i="1" s="1"/>
   <c r="O71" i="1"/>
-  <c r="Q71" i="1" s="1"/>
   <c r="O70" i="1"/>
-  <c r="Q70" i="1" s="1"/>
   <c r="O69" i="1"/>
-  <c r="Q69" i="1" s="1"/>
   <c r="O68" i="1"/>
-  <c r="Q68" i="1" s="1"/>
   <c r="O67" i="1"/>
-  <c r="Q67" i="1" s="1"/>
   <c r="O66" i="1"/>
-  <c r="Q66" i="1" s="1"/>
   <c r="O65" i="1"/>
-  <c r="Q65" i="1" s="1"/>
   <c r="O64" i="1"/>
-  <c r="Q64" i="1" s="1"/>
   <c r="O63" i="1"/>
-  <c r="Q63" i="1" s="1"/>
   <c r="O62" i="1"/>
-  <c r="Q62" i="1" s="1"/>
   <c r="O61" i="1"/>
-  <c r="Q61" i="1" s="1"/>
   <c r="O60" i="1"/>
-  <c r="Q60" i="1" s="1"/>
   <c r="O59" i="1"/>
-  <c r="Q59" i="1" s="1"/>
   <c r="O58" i="1"/>
-  <c r="Q58" i="1" s="1"/>
   <c r="O57" i="1"/>
-  <c r="Q57" i="1" s="1"/>
   <c r="O56" i="1"/>
-  <c r="Q56" i="1" s="1"/>
   <c r="O55" i="1"/>
-  <c r="Q55" i="1" s="1"/>
   <c r="O54" i="1"/>
-  <c r="Q54" i="1" s="1"/>
   <c r="O53" i="1"/>
-  <c r="Q53" i="1" s="1"/>
   <c r="O52" i="1"/>
-  <c r="Q52" i="1" s="1"/>
   <c r="O51" i="1"/>
-  <c r="Q51" i="1" s="1"/>
   <c r="O50" i="1"/>
-  <c r="Q50" i="1" s="1"/>
   <c r="O49" i="1"/>
-  <c r="Q49" i="1" s="1"/>
   <c r="O48" i="1"/>
-  <c r="Q48" i="1" s="1"/>
   <c r="O47" i="1"/>
-  <c r="Q47" i="1" s="1"/>
   <c r="O46" i="1"/>
-  <c r="Q46" i="1" s="1"/>
   <c r="O45" i="1"/>
-  <c r="Q45" i="1" s="1"/>
   <c r="O44" i="1"/>
-  <c r="Q44" i="1" s="1"/>
   <c r="O43" i="1"/>
-  <c r="Q43" i="1" s="1"/>
   <c r="O42" i="1"/>
-  <c r="Q42" i="1" s="1"/>
   <c r="O41" i="1"/>
-  <c r="Q41" i="1" s="1"/>
   <c r="O40" i="1"/>
-  <c r="Q40" i="1" s="1"/>
   <c r="O39" i="1"/>
-  <c r="Q39" i="1" s="1"/>
   <c r="O38" i="1"/>
-  <c r="Q38" i="1" s="1"/>
   <c r="O37" i="1"/>
-  <c r="Q37" i="1" s="1"/>
   <c r="O36" i="1"/>
-  <c r="Q36" i="1" s="1"/>
   <c r="O35" i="1"/>
-  <c r="Q35" i="1" s="1"/>
   <c r="O34" i="1"/>
-  <c r="Q34" i="1" s="1"/>
   <c r="O33" i="1"/>
-  <c r="Q33" i="1" s="1"/>
   <c r="O32" i="1"/>
-  <c r="Q32" i="1" s="1"/>
   <c r="O31" i="1"/>
-  <c r="Q31" i="1" s="1"/>
   <c r="O30" i="1"/>
-  <c r="Q30" i="1" s="1"/>
   <c r="O29" i="1"/>
-  <c r="Q29" i="1" s="1"/>
   <c r="O28" i="1"/>
-  <c r="Q28" i="1" s="1"/>
   <c r="O27" i="1"/>
-  <c r="Q27" i="1" s="1"/>
   <c r="O26" i="1"/>
-  <c r="Q26" i="1" s="1"/>
   <c r="O25" i="1"/>
-  <c r="Q25" i="1" s="1"/>
   <c r="O24" i="1"/>
-  <c r="Q24" i="1" s="1"/>
   <c r="O23" i="1"/>
-  <c r="Q23" i="1" s="1"/>
   <c r="O22" i="1"/>
-  <c r="Q22" i="1" s="1"/>
   <c r="O21" i="1"/>
-  <c r="Q21" i="1" s="1"/>
   <c r="O20" i="1"/>
-  <c r="Q20" i="1" s="1"/>
   <c r="O19" i="1"/>
-  <c r="Q19" i="1" s="1"/>
   <c r="O18" i="1"/>
-  <c r="Q18" i="1" s="1"/>
   <c r="O17" i="1"/>
-  <c r="Q17" i="1" s="1"/>
   <c r="O16" i="1"/>
-  <c r="Q16" i="1" s="1"/>
   <c r="O15" i="1"/>
-  <c r="Q15" i="1" s="1"/>
   <c r="O14" i="1"/>
-  <c r="Q14" i="1" s="1"/>
   <c r="O13" i="1"/>
-  <c r="Q13" i="1" s="1"/>
   <c r="O12" i="1"/>
-  <c r="Q12" i="1" s="1"/>
-  <c r="C7" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
     <t>GBS</t>
   </si>
   <si>
     <t>Sloop</t>
   </si>
   <si>
     <t>GGB</t>
   </si>
   <si>
     <t>30kpu</t>
   </si>
   <si>
     <t>&lt; 1982</t>
   </si>
   <si>
     <t>1982-1986</t>
   </si>
   <si>
     <t>&gt;1986</t>
   </si>
   <si>
     <t>Gereed</t>
   </si>
   <si>
@@ -343,67 +235,54 @@
   <si>
     <t>Lijst saneringsobjecten Wet geluidhinder</t>
   </si>
   <si>
     <t>Berekende geluidbelasting  in 2 decimalen (dB)</t>
   </si>
   <si>
     <t>Gegevens na sanering, geluidbelasting inclusief eventuele bron- en/of afschermende maatregelen</t>
   </si>
   <si>
     <t>Bijzonderheden en/of status</t>
   </si>
   <si>
     <t>Aantal woningen</t>
   </si>
   <si>
     <t>Hoogste geluid-belasting na aftrek per adres (dB)</t>
   </si>
   <si>
     <t>Gecumuleerde geluidbelasting indien aanwezig, afgerond (dB)</t>
   </si>
   <si>
     <t>Geluid-belasting        na aftrek (dB)</t>
   </si>
   <si>
-    <t>Voor het invullen van de blauwe kolommen, raadpleeg de toelichting op het volgende blad. De rode kolommen vullen zich automatisch.</t>
+    <t>BSV november 2025</t>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-    <t>BSV Juli 2025</t>
+    <t>Voor het invullen van de blauwe kolommen, raadpleeg de toelichting op het volgende blad. De rode kolom vult zich automatisch.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -512,51 +391,51 @@
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFED3CA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -581,157 +460,92 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...60 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -739,307 +553,182 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Procent" xfId="1" builtinId="5"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFB421D"/>
       <color rgb="FF3399FF"/>
       <color rgb="FF66CCFF"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFED3CA"/>
       <color rgb="FFFF0066"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
-[...53 lines deleted...]
-      <xdr:rowOff>5292</xdr:rowOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
-      <xdr:colOff>622527</xdr:colOff>
-[...50 lines deleted...]
-      <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>0</xdr:row>
-[...6 lines deleted...]
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Afbeelding 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D04461B-7EB8-9A71-F188-5F6C062286A8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36A54F83-CA33-B8FF-7ED5-F5CF74B21E15}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="0"/>
-          <a:ext cx="12496800" cy="28727400"/>
+          <a:off x="609600" y="180975"/>
+          <a:ext cx="9144000" cy="19964400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
@@ -1279,2846 +968,2542 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AG111"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="S8" sqref="S8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.140625" style="5" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" style="4" customWidth="1"/>
     <col min="4" max="4" width="9.28515625" style="4" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="4" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="4" customWidth="1"/>
     <col min="7" max="7" width="13" style="5" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" style="4" customWidth="1"/>
     <col min="9" max="9" width="8.140625" style="5" customWidth="1"/>
     <col min="10" max="10" width="11.140625" style="5" customWidth="1"/>
     <col min="11" max="11" width="36.7109375" style="6" customWidth="1"/>
     <col min="12" max="12" width="10.42578125" style="5" customWidth="1"/>
     <col min="13" max="13" width="16.85546875" style="5" customWidth="1"/>
     <col min="14" max="14" width="8.42578125" style="5" customWidth="1"/>
-    <col min="15" max="15" width="15.42578125" style="31" customWidth="1"/>
+    <col min="15" max="15" width="15.42578125" style="30" customWidth="1"/>
     <col min="16" max="16" width="17" style="5" customWidth="1"/>
     <col min="17" max="17" width="18.7109375" style="4" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="37" t="s">
-[...2 lines deleted...]
-      <c r="P1" s="27"/>
+      <c r="B1" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="P1" s="26"/>
       <c r="Q1" s="10"/>
     </row>
     <row r="2" spans="1:33" ht="27" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
-      <c r="B2" s="29" t="s">
+      <c r="B2" s="28" t="s">
         <v>21</v>
       </c>
-      <c r="I2" s="36"/>
-[...7 lines deleted...]
-      <c r="B3" s="17" t="s">
+      <c r="I2" s="34"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="41"/>
+    </row>
+    <row r="3" spans="1:33" s="17" customFormat="1" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="15"/>
+      <c r="B3" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="19"/>
-[...22 lines deleted...]
-      <c r="Q4" s="45"/>
+      <c r="G3" s="18"/>
+      <c r="I3" s="23"/>
+      <c r="J3" s="18"/>
+      <c r="K3" s="19"/>
+      <c r="L3" s="18"/>
+      <c r="M3" s="18"/>
+      <c r="N3" s="18"/>
+      <c r="O3" s="40"/>
+      <c r="P3" s="41"/>
+      <c r="Q3" s="41"/>
+    </row>
+    <row r="4" spans="1:33" s="17" customFormat="1" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="15"/>
+      <c r="B4" s="16"/>
+      <c r="G4" s="18"/>
+      <c r="I4" s="23"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="N4" s="18"/>
+      <c r="O4" s="40"/>
+      <c r="P4" s="41"/>
+      <c r="Q4" s="41"/>
     </row>
     <row r="5" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
-      <c r="B5" s="15" t="s">
+      <c r="B5" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C5" s="48"/>
-[...10 lines deleted...]
-      <c r="Q5" s="45"/>
+      <c r="C5" s="42"/>
+      <c r="D5" s="43"/>
+      <c r="E5" s="43"/>
+      <c r="F5" s="43"/>
+      <c r="G5" s="44"/>
+      <c r="K5" s="22"/>
+      <c r="L5" s="37"/>
+      <c r="M5" s="37"/>
+      <c r="N5" s="37"/>
+      <c r="O5" s="37"/>
+      <c r="P5" s="41"/>
+      <c r="Q5" s="41"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
       <c r="AE5" s="6"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
     </row>
     <row r="6" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="6"/>
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="48"/>
-[...10 lines deleted...]
-      <c r="Q6" s="45"/>
+      <c r="C6" s="42"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="43"/>
+      <c r="F6" s="43"/>
+      <c r="G6" s="44"/>
+      <c r="K6" s="22"/>
+      <c r="L6" s="37"/>
+      <c r="M6" s="37"/>
+      <c r="N6" s="37"/>
+      <c r="O6" s="37"/>
+      <c r="P6" s="41"/>
+      <c r="Q6" s="41"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="6"/>
       <c r="V6" s="6"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="6"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="6"/>
       <c r="AC6" s="6"/>
       <c r="AD6" s="6"/>
       <c r="AE6" s="6"/>
       <c r="AF6" s="6"/>
       <c r="AG6" s="6"/>
     </row>
     <row r="7" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6"/>
-      <c r="B7" s="15" t="s">
+      <c r="B7" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="51">
+      <c r="C7" s="45">
         <f>COUNT(Q12:Q111)</f>
-        <v>100</v>
-[...12 lines deleted...]
-      <c r="Q7" s="45"/>
+        <v>0</v>
+      </c>
+      <c r="D7" s="46"/>
+      <c r="E7" s="46"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="47"/>
+      <c r="J7" s="27"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="37"/>
+      <c r="M7" s="37"/>
+      <c r="N7" s="37"/>
+      <c r="O7" s="37"/>
+      <c r="P7" s="41"/>
+      <c r="Q7" s="41"/>
     </row>
     <row r="8" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6"/>
       <c r="B8" s="8"/>
       <c r="G8" s="7"/>
-      <c r="L8" s="38"/>
-[...4 lines deleted...]
-      <c r="Q8" s="45"/>
+      <c r="L8" s="36"/>
+      <c r="M8" s="36"/>
+      <c r="N8" s="36"/>
+      <c r="O8" s="36"/>
+      <c r="P8" s="41"/>
+      <c r="Q8" s="41"/>
     </row>
     <row r="9" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A9" s="6"/>
       <c r="G9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
-      <c r="L9" s="38"/>
-[...4 lines deleted...]
-      <c r="Q9" s="47"/>
+      <c r="L9" s="36"/>
+      <c r="M9" s="36"/>
+      <c r="N9" s="36"/>
+      <c r="O9" s="36"/>
+      <c r="P9" s="41"/>
+      <c r="Q9" s="41"/>
     </row>
     <row r="10" spans="1:33" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="22" t="s">
-        <v>29</v>
+      <c r="A10" s="21" t="s">
+        <v>30</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="4"/>
       <c r="H10" s="5"/>
-      <c r="J10" s="24"/>
-      <c r="K10" s="23"/>
+      <c r="J10" s="23"/>
+      <c r="K10" s="22"/>
       <c r="L10" s="9"/>
-      <c r="M10" s="26"/>
+      <c r="M10" s="25"/>
       <c r="N10" s="9"/>
-      <c r="O10" s="33"/>
-[...1 lines deleted...]
-      <c r="Q10" s="27"/>
+      <c r="O10" s="31"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="26"/>
     </row>
     <row r="11" spans="1:33" s="10" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="40"/>
-      <c r="B11" s="40" t="s">
+      <c r="A11" s="38"/>
+      <c r="B11" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="40" t="s">
+      <c r="C11" s="38" t="s">
         <v>11</v>
       </c>
-      <c r="D11" s="40" t="s">
+      <c r="D11" s="38" t="s">
         <v>12</v>
       </c>
-      <c r="E11" s="40" t="s">
+      <c r="E11" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="F11" s="40" t="s">
+      <c r="F11" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="G11" s="40" t="s">
+      <c r="G11" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H11" s="40" t="s">
+      <c r="H11" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="I11" s="40" t="s">
+      <c r="I11" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="J11" s="40" t="s">
+      <c r="J11" s="38" t="s">
         <v>18</v>
       </c>
-      <c r="K11" s="40" t="s">
+      <c r="K11" s="38" t="s">
         <v>24</v>
       </c>
-      <c r="L11" s="40" t="s">
+      <c r="L11" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="M11" s="41" t="s">
+      <c r="M11" s="39" t="s">
         <v>22</v>
       </c>
-      <c r="N11" s="41" t="s">
+      <c r="N11" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="O11" s="34" t="s">
+      <c r="O11" s="32" t="s">
         <v>28</v>
       </c>
-      <c r="P11" s="41" t="s">
+      <c r="P11" s="39" t="s">
         <v>27</v>
       </c>
-      <c r="Q11" s="14" t="s">
+      <c r="Q11" s="39" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:33" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A12" s="11"/>
       <c r="B12" s="12"/>
       <c r="C12" s="12"/>
       <c r="D12" s="12"/>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
       <c r="G12" s="11"/>
       <c r="H12" s="12"/>
       <c r="I12" s="11"/>
       <c r="J12" s="11"/>
       <c r="K12" s="13"/>
       <c r="L12" s="11"/>
       <c r="M12" s="11"/>
       <c r="N12" s="11"/>
-      <c r="O12" s="35">
+      <c r="O12" s="33">
         <f t="shared" ref="O12:O75" si="0">IF(M12-TRUNC(M12)=0.5,IF(EVEN(M12)-M12&gt;1,FLOOR(M12,1),EVEN(M12)),ROUND(M12,0))-N12</f>
         <v>0</v>
       </c>
-      <c r="P12" s="21"/>
-[...3 lines deleted...]
-      </c>
+      <c r="P12" s="20"/>
+      <c r="Q12" s="29"/>
     </row>
     <row r="13" spans="1:33" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A13" s="11"/>
       <c r="B13" s="12"/>
       <c r="C13" s="12"/>
       <c r="D13" s="12"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="11"/>
       <c r="H13" s="12"/>
       <c r="I13" s="11"/>
       <c r="J13" s="11"/>
       <c r="K13" s="13"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11"/>
       <c r="N13" s="11"/>
-      <c r="O13" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O13" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P13" s="20"/>
+      <c r="Q13" s="11"/>
     </row>
     <row r="14" spans="1:33" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A14" s="11"/>
       <c r="B14" s="12"/>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="11"/>
       <c r="H14" s="12"/>
       <c r="I14" s="11"/>
       <c r="J14" s="11"/>
       <c r="K14" s="13"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14" s="11"/>
-      <c r="O14" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O14" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P14" s="20"/>
+      <c r="Q14" s="11"/>
     </row>
     <row r="15" spans="1:33" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A15" s="11"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="11"/>
       <c r="H15" s="12"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
       <c r="K15" s="13"/>
       <c r="L15" s="11"/>
       <c r="M15" s="11"/>
       <c r="N15" s="11"/>
-      <c r="O15" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O15" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="11"/>
     </row>
     <row r="16" spans="1:33" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A16" s="11"/>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="11"/>
       <c r="H16" s="12"/>
       <c r="I16" s="11"/>
       <c r="J16" s="11"/>
       <c r="K16" s="13"/>
       <c r="L16" s="11"/>
       <c r="M16" s="11"/>
       <c r="N16" s="11"/>
-      <c r="O16" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O16" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P16" s="20"/>
+      <c r="Q16" s="11"/>
     </row>
     <row r="17" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A17" s="11"/>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="12"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="11"/>
       <c r="H17" s="12"/>
       <c r="I17" s="11"/>
       <c r="J17" s="11"/>
       <c r="K17" s="13"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17" s="11"/>
-      <c r="O17" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O17" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P17" s="20"/>
+      <c r="Q17" s="11"/>
     </row>
     <row r="18" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A18" s="11"/>
       <c r="B18" s="12"/>
       <c r="C18" s="12"/>
       <c r="D18" s="12"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="11"/>
       <c r="H18" s="12"/>
       <c r="I18" s="11"/>
       <c r="J18" s="11"/>
       <c r="K18" s="13"/>
       <c r="L18" s="11"/>
       <c r="M18" s="11"/>
       <c r="N18" s="11"/>
-      <c r="O18" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O18" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P18" s="20"/>
+      <c r="Q18" s="11"/>
     </row>
     <row r="19" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A19" s="11"/>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="11"/>
       <c r="H19" s="12"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="13"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
-      <c r="O19" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O19" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P19" s="20"/>
+      <c r="Q19" s="11"/>
     </row>
     <row r="20" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A20" s="11"/>
       <c r="B20" s="12"/>
       <c r="C20" s="12"/>
       <c r="D20" s="12"/>
       <c r="E20" s="12"/>
       <c r="F20" s="12"/>
       <c r="G20" s="11"/>
       <c r="H20" s="12"/>
       <c r="I20" s="11"/>
       <c r="J20" s="11"/>
       <c r="K20" s="13"/>
       <c r="L20" s="11"/>
       <c r="M20" s="11"/>
       <c r="N20" s="11"/>
-      <c r="O20" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O20" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P20" s="20"/>
+      <c r="Q20" s="11"/>
     </row>
     <row r="21" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A21" s="11"/>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="12"/>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
       <c r="G21" s="11"/>
       <c r="H21" s="12"/>
       <c r="I21" s="11"/>
       <c r="J21" s="11"/>
       <c r="K21" s="13"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21" s="11"/>
-      <c r="O21" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O21" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P21" s="20"/>
+      <c r="Q21" s="11"/>
     </row>
     <row r="22" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A22" s="11"/>
       <c r="B22" s="12"/>
       <c r="C22" s="12"/>
       <c r="D22" s="12"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="11"/>
       <c r="H22" s="12"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="13"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
-      <c r="O22" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O22" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P22" s="20"/>
+      <c r="Q22" s="11"/>
     </row>
     <row r="23" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A23" s="11"/>
       <c r="B23" s="12"/>
       <c r="C23" s="12"/>
       <c r="D23" s="12"/>
       <c r="E23" s="12"/>
       <c r="F23" s="12"/>
       <c r="G23" s="11"/>
       <c r="H23" s="12"/>
       <c r="I23" s="11"/>
       <c r="J23" s="11"/>
       <c r="K23" s="13"/>
       <c r="L23" s="11"/>
       <c r="M23" s="11"/>
       <c r="N23" s="11"/>
-      <c r="O23" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O23" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P23" s="20"/>
+      <c r="Q23" s="11"/>
     </row>
     <row r="24" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A24" s="11"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="11"/>
       <c r="H24" s="12"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="13"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
-      <c r="O24" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O24" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P24" s="20"/>
+      <c r="Q24" s="11"/>
     </row>
     <row r="25" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A25" s="11"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="11"/>
       <c r="H25" s="12"/>
       <c r="I25" s="11"/>
       <c r="J25" s="11"/>
       <c r="K25" s="13"/>
       <c r="L25" s="11"/>
       <c r="M25" s="11"/>
       <c r="N25" s="11"/>
-      <c r="O25" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O25" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P25" s="20"/>
+      <c r="Q25" s="11"/>
     </row>
     <row r="26" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A26" s="11"/>
       <c r="B26" s="12"/>
       <c r="C26" s="12"/>
       <c r="D26" s="12"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="11"/>
       <c r="H26" s="12"/>
       <c r="I26" s="11"/>
       <c r="J26" s="11"/>
       <c r="K26" s="13"/>
       <c r="L26" s="11"/>
       <c r="M26" s="11"/>
       <c r="N26" s="11"/>
-      <c r="O26" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O26" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P26" s="20"/>
+      <c r="Q26" s="11"/>
     </row>
     <row r="27" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A27" s="11"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="12"/>
       <c r="E27" s="12"/>
       <c r="F27" s="12"/>
       <c r="G27" s="11"/>
       <c r="H27" s="12"/>
       <c r="I27" s="11"/>
       <c r="J27" s="11"/>
       <c r="K27" s="13"/>
       <c r="L27" s="11"/>
       <c r="M27" s="11"/>
       <c r="N27" s="11"/>
-      <c r="O27" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O27" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="11"/>
     </row>
     <row r="28" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A28" s="11"/>
       <c r="B28" s="12"/>
       <c r="C28" s="12"/>
       <c r="D28" s="12"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="11"/>
       <c r="H28" s="12"/>
       <c r="I28" s="11"/>
       <c r="J28" s="11"/>
       <c r="K28" s="13"/>
       <c r="L28" s="11"/>
       <c r="M28" s="11"/>
       <c r="N28" s="11"/>
-      <c r="O28" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O28" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P28" s="20"/>
+      <c r="Q28" s="11"/>
     </row>
     <row r="29" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A29" s="11"/>
       <c r="B29" s="12"/>
       <c r="C29" s="12"/>
       <c r="D29" s="12"/>
       <c r="E29" s="12"/>
       <c r="F29" s="12"/>
       <c r="G29" s="11"/>
       <c r="H29" s="12"/>
       <c r="I29" s="11"/>
       <c r="J29" s="11"/>
       <c r="K29" s="13"/>
       <c r="L29" s="11"/>
       <c r="M29" s="11"/>
       <c r="N29" s="11"/>
-      <c r="O29" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O29" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P29" s="20"/>
+      <c r="Q29" s="11"/>
     </row>
     <row r="30" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A30" s="11"/>
       <c r="B30" s="12"/>
       <c r="C30" s="12"/>
       <c r="D30" s="12"/>
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="11"/>
       <c r="H30" s="12"/>
       <c r="I30" s="11"/>
       <c r="J30" s="11"/>
       <c r="K30" s="13"/>
       <c r="L30" s="11"/>
       <c r="M30" s="11"/>
       <c r="N30" s="11"/>
-      <c r="O30" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O30" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P30" s="20"/>
+      <c r="Q30" s="11"/>
     </row>
     <row r="31" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A31" s="11"/>
       <c r="B31" s="12"/>
       <c r="C31" s="12"/>
       <c r="D31" s="12"/>
       <c r="E31" s="12"/>
       <c r="F31" s="12"/>
       <c r="G31" s="11"/>
       <c r="H31" s="12"/>
       <c r="I31" s="11"/>
       <c r="J31" s="11"/>
       <c r="K31" s="13"/>
       <c r="L31" s="11"/>
       <c r="M31" s="11"/>
       <c r="N31" s="11"/>
-      <c r="O31" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O31" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P31" s="20"/>
+      <c r="Q31" s="11"/>
     </row>
     <row r="32" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A32" s="11"/>
       <c r="B32" s="12"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="11"/>
       <c r="H32" s="12"/>
       <c r="I32" s="11"/>
       <c r="J32" s="11"/>
       <c r="K32" s="13"/>
       <c r="L32" s="11"/>
       <c r="M32" s="11"/>
       <c r="N32" s="11"/>
-      <c r="O32" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O32" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P32" s="20"/>
+      <c r="Q32" s="11"/>
     </row>
     <row r="33" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A33" s="11"/>
       <c r="B33" s="12"/>
       <c r="C33" s="12"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="11"/>
       <c r="H33" s="12"/>
       <c r="I33" s="11"/>
       <c r="J33" s="11"/>
       <c r="K33" s="13"/>
       <c r="L33" s="11"/>
       <c r="M33" s="11"/>
       <c r="N33" s="11"/>
-      <c r="O33" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O33" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P33" s="20"/>
+      <c r="Q33" s="11"/>
     </row>
     <row r="34" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A34" s="11"/>
       <c r="B34" s="12"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="11"/>
       <c r="H34" s="12"/>
       <c r="I34" s="11"/>
       <c r="J34" s="11"/>
       <c r="K34" s="13"/>
       <c r="L34" s="11"/>
       <c r="M34" s="11"/>
       <c r="N34" s="11"/>
-      <c r="O34" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O34" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P34" s="20"/>
+      <c r="Q34" s="11"/>
     </row>
     <row r="35" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A35" s="11"/>
       <c r="B35" s="12"/>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="12"/>
       <c r="F35" s="12"/>
       <c r="G35" s="11"/>
       <c r="H35" s="12"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="13"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
-      <c r="O35" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O35" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P35" s="20"/>
+      <c r="Q35" s="11"/>
     </row>
     <row r="36" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A36" s="11"/>
       <c r="B36" s="12"/>
       <c r="C36" s="12"/>
       <c r="D36" s="12"/>
       <c r="E36" s="12"/>
       <c r="F36" s="12"/>
       <c r="G36" s="11"/>
       <c r="H36" s="12"/>
       <c r="I36" s="11"/>
       <c r="J36" s="11"/>
       <c r="K36" s="13"/>
       <c r="L36" s="11"/>
       <c r="M36" s="11"/>
       <c r="N36" s="11"/>
-      <c r="O36" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O36" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P36" s="20"/>
+      <c r="Q36" s="11"/>
     </row>
     <row r="37" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A37" s="11"/>
       <c r="B37" s="12"/>
       <c r="C37" s="12"/>
       <c r="D37" s="12"/>
       <c r="E37" s="12"/>
       <c r="F37" s="12"/>
       <c r="G37" s="11"/>
       <c r="H37" s="12"/>
       <c r="I37" s="11"/>
       <c r="J37" s="11"/>
       <c r="K37" s="13"/>
       <c r="L37" s="11"/>
       <c r="M37" s="11"/>
       <c r="N37" s="11"/>
-      <c r="O37" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O37" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P37" s="20"/>
+      <c r="Q37" s="11"/>
     </row>
     <row r="38" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A38" s="11"/>
       <c r="B38" s="12"/>
       <c r="C38" s="12"/>
       <c r="D38" s="12"/>
       <c r="E38" s="12"/>
       <c r="F38" s="12"/>
       <c r="G38" s="11"/>
       <c r="H38" s="12"/>
       <c r="I38" s="11"/>
       <c r="J38" s="11"/>
       <c r="K38" s="13"/>
       <c r="L38" s="11"/>
       <c r="M38" s="11"/>
       <c r="N38" s="11"/>
-      <c r="O38" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O38" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P38" s="20"/>
+      <c r="Q38" s="11"/>
     </row>
     <row r="39" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A39" s="11"/>
       <c r="B39" s="12"/>
       <c r="C39" s="12"/>
       <c r="D39" s="12"/>
       <c r="E39" s="12"/>
       <c r="F39" s="12"/>
       <c r="G39" s="11"/>
       <c r="H39" s="12"/>
       <c r="I39" s="11"/>
       <c r="J39" s="11"/>
       <c r="K39" s="13"/>
       <c r="L39" s="11"/>
       <c r="M39" s="11"/>
       <c r="N39" s="11"/>
-      <c r="O39" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O39" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P39" s="20"/>
+      <c r="Q39" s="11"/>
     </row>
     <row r="40" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A40" s="11"/>
       <c r="B40" s="12"/>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="11"/>
       <c r="H40" s="12"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="13"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
       <c r="N40" s="11"/>
-      <c r="O40" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O40" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P40" s="20"/>
+      <c r="Q40" s="11"/>
     </row>
     <row r="41" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A41" s="11"/>
       <c r="B41" s="12"/>
       <c r="C41" s="12"/>
       <c r="D41" s="12"/>
       <c r="E41" s="12"/>
       <c r="F41" s="12"/>
       <c r="G41" s="11"/>
       <c r="H41" s="12"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="13"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
-      <c r="O41" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O41" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P41" s="20"/>
+      <c r="Q41" s="11"/>
     </row>
     <row r="42" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A42" s="11"/>
       <c r="B42" s="12"/>
       <c r="C42" s="12"/>
       <c r="D42" s="12"/>
       <c r="E42" s="12"/>
       <c r="F42" s="12"/>
       <c r="G42" s="11"/>
       <c r="H42" s="12"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="13"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
-      <c r="O42" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O42" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P42" s="20"/>
+      <c r="Q42" s="11"/>
     </row>
     <row r="43" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A43" s="11"/>
       <c r="B43" s="12"/>
       <c r="C43" s="12"/>
       <c r="D43" s="12"/>
       <c r="E43" s="12"/>
       <c r="F43" s="12"/>
       <c r="G43" s="11"/>
       <c r="H43" s="12"/>
       <c r="I43" s="11"/>
       <c r="J43" s="11"/>
       <c r="K43" s="13"/>
       <c r="L43" s="11"/>
       <c r="M43" s="11"/>
       <c r="N43" s="11"/>
-      <c r="O43" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O43" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P43" s="20"/>
+      <c r="Q43" s="11"/>
     </row>
     <row r="44" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A44" s="11"/>
       <c r="B44" s="12"/>
       <c r="C44" s="12"/>
       <c r="D44" s="12"/>
       <c r="E44" s="12"/>
       <c r="F44" s="12"/>
       <c r="G44" s="11"/>
       <c r="H44" s="12"/>
       <c r="I44" s="11"/>
       <c r="J44" s="11"/>
       <c r="K44" s="13"/>
       <c r="L44" s="11"/>
       <c r="M44" s="11"/>
       <c r="N44" s="11"/>
-      <c r="O44" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O44" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P44" s="20"/>
+      <c r="Q44" s="11"/>
     </row>
     <row r="45" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A45" s="11"/>
       <c r="B45" s="12"/>
       <c r="C45" s="12"/>
       <c r="D45" s="12"/>
       <c r="E45" s="12"/>
       <c r="F45" s="12"/>
       <c r="G45" s="11"/>
       <c r="H45" s="12"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="13"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
-      <c r="O45" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O45" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P45" s="20"/>
+      <c r="Q45" s="11"/>
     </row>
     <row r="46" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A46" s="11"/>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="11"/>
       <c r="H46" s="12"/>
       <c r="I46" s="11"/>
       <c r="J46" s="11"/>
       <c r="K46" s="13"/>
       <c r="L46" s="11"/>
       <c r="M46" s="11"/>
       <c r="N46" s="11"/>
-      <c r="O46" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O46" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P46" s="20"/>
+      <c r="Q46" s="11"/>
     </row>
     <row r="47" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A47" s="11"/>
       <c r="B47" s="12"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="11"/>
       <c r="H47" s="12"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="13"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
-      <c r="O47" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O47" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P47" s="20"/>
+      <c r="Q47" s="11"/>
     </row>
     <row r="48" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A48" s="11"/>
       <c r="B48" s="12"/>
       <c r="C48" s="12"/>
       <c r="D48" s="12"/>
       <c r="E48" s="12"/>
       <c r="F48" s="12"/>
       <c r="G48" s="11"/>
       <c r="H48" s="12"/>
       <c r="I48" s="11"/>
       <c r="J48" s="11"/>
       <c r="K48" s="13"/>
       <c r="L48" s="11"/>
       <c r="M48" s="11"/>
       <c r="N48" s="11"/>
-      <c r="O48" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O48" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P48" s="20"/>
+      <c r="Q48" s="11"/>
     </row>
     <row r="49" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="11"/>
       <c r="H49" s="12"/>
       <c r="I49" s="11"/>
       <c r="J49" s="11"/>
       <c r="K49" s="13"/>
       <c r="L49" s="11"/>
       <c r="M49" s="11"/>
       <c r="N49" s="11"/>
-      <c r="O49" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O49" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P49" s="20"/>
+      <c r="Q49" s="11"/>
     </row>
     <row r="50" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A50" s="11"/>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="11"/>
       <c r="H50" s="12"/>
       <c r="I50" s="11"/>
       <c r="J50" s="11"/>
       <c r="K50" s="13"/>
       <c r="L50" s="11"/>
       <c r="M50" s="11"/>
       <c r="N50" s="11"/>
-      <c r="O50" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O50" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P50" s="20"/>
+      <c r="Q50" s="11"/>
     </row>
     <row r="51" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A51" s="11"/>
       <c r="B51" s="12"/>
       <c r="C51" s="12"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
       <c r="F51" s="12"/>
       <c r="G51" s="11"/>
       <c r="H51" s="12"/>
       <c r="I51" s="11"/>
       <c r="J51" s="11"/>
       <c r="K51" s="13"/>
       <c r="L51" s="11"/>
       <c r="M51" s="11"/>
       <c r="N51" s="11"/>
-      <c r="O51" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O51" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P51" s="20"/>
+      <c r="Q51" s="11"/>
     </row>
     <row r="52" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A52" s="11"/>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="11"/>
       <c r="H52" s="12"/>
       <c r="I52" s="11"/>
       <c r="J52" s="11"/>
       <c r="K52" s="13"/>
       <c r="L52" s="11"/>
       <c r="M52" s="11"/>
       <c r="N52" s="11"/>
-      <c r="O52" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O52" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P52" s="20"/>
+      <c r="Q52" s="11"/>
     </row>
     <row r="53" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A53" s="11"/>
       <c r="B53" s="12"/>
       <c r="C53" s="12"/>
       <c r="D53" s="12"/>
       <c r="E53" s="12"/>
       <c r="F53" s="12"/>
       <c r="G53" s="11"/>
       <c r="H53" s="12"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="13"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
-      <c r="O53" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O53" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P53" s="20"/>
+      <c r="Q53" s="11"/>
     </row>
     <row r="54" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A54" s="11"/>
       <c r="B54" s="12"/>
       <c r="C54" s="12"/>
       <c r="D54" s="12"/>
       <c r="E54" s="12"/>
       <c r="F54" s="12"/>
       <c r="G54" s="11"/>
       <c r="H54" s="12"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="13"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
-      <c r="O54" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O54" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P54" s="20"/>
+      <c r="Q54" s="11"/>
     </row>
     <row r="55" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A55" s="11"/>
       <c r="B55" s="12"/>
       <c r="C55" s="12"/>
       <c r="D55" s="12"/>
       <c r="E55" s="12"/>
       <c r="F55" s="12"/>
       <c r="G55" s="11"/>
       <c r="H55" s="12"/>
       <c r="I55" s="11"/>
       <c r="J55" s="11"/>
       <c r="K55" s="13"/>
       <c r="L55" s="11"/>
       <c r="M55" s="11"/>
       <c r="N55" s="11"/>
-      <c r="O55" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O55" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P55" s="20"/>
+      <c r="Q55" s="11"/>
     </row>
     <row r="56" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A56" s="11"/>
       <c r="B56" s="12"/>
       <c r="C56" s="12"/>
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="11"/>
       <c r="H56" s="12"/>
       <c r="I56" s="11"/>
       <c r="J56" s="11"/>
       <c r="K56" s="13"/>
       <c r="L56" s="11"/>
       <c r="M56" s="11"/>
       <c r="N56" s="11"/>
-      <c r="O56" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O56" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P56" s="20"/>
+      <c r="Q56" s="11"/>
     </row>
     <row r="57" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A57" s="11"/>
       <c r="B57" s="12"/>
       <c r="C57" s="12"/>
       <c r="D57" s="12"/>
       <c r="E57" s="12"/>
       <c r="F57" s="12"/>
       <c r="G57" s="11"/>
       <c r="H57" s="12"/>
       <c r="I57" s="11"/>
       <c r="J57" s="11"/>
       <c r="K57" s="13"/>
       <c r="L57" s="11"/>
       <c r="M57" s="11"/>
       <c r="N57" s="11"/>
-      <c r="O57" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O57" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P57" s="20"/>
+      <c r="Q57" s="11"/>
     </row>
     <row r="58" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A58" s="11"/>
       <c r="B58" s="12"/>
       <c r="C58" s="12"/>
       <c r="D58" s="12"/>
       <c r="E58" s="12"/>
       <c r="F58" s="12"/>
       <c r="G58" s="11"/>
       <c r="H58" s="12"/>
       <c r="I58" s="11"/>
       <c r="J58" s="11"/>
       <c r="K58" s="13"/>
       <c r="L58" s="11"/>
       <c r="M58" s="11"/>
       <c r="N58" s="11"/>
-      <c r="O58" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O58" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P58" s="20"/>
+      <c r="Q58" s="11"/>
     </row>
     <row r="59" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A59" s="11"/>
       <c r="B59" s="12"/>
       <c r="C59" s="12"/>
       <c r="D59" s="12"/>
       <c r="E59" s="12"/>
       <c r="F59" s="12"/>
       <c r="G59" s="11"/>
       <c r="H59" s="12"/>
       <c r="I59" s="11"/>
       <c r="J59" s="11"/>
       <c r="K59" s="13"/>
       <c r="L59" s="11"/>
       <c r="M59" s="11"/>
       <c r="N59" s="11"/>
-      <c r="O59" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O59" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P59" s="20"/>
+      <c r="Q59" s="11"/>
     </row>
     <row r="60" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A60" s="11"/>
       <c r="B60" s="12"/>
       <c r="C60" s="12"/>
       <c r="D60" s="12"/>
       <c r="E60" s="12"/>
       <c r="F60" s="12"/>
       <c r="G60" s="11"/>
       <c r="H60" s="12"/>
       <c r="I60" s="11"/>
       <c r="J60" s="11"/>
       <c r="K60" s="13"/>
       <c r="L60" s="11"/>
       <c r="M60" s="11"/>
       <c r="N60" s="11"/>
-      <c r="O60" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O60" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P60" s="20"/>
+      <c r="Q60" s="11"/>
     </row>
     <row r="61" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A61" s="11"/>
       <c r="B61" s="12"/>
       <c r="C61" s="12"/>
       <c r="D61" s="12"/>
       <c r="E61" s="12"/>
       <c r="F61" s="12"/>
       <c r="G61" s="11"/>
       <c r="H61" s="12"/>
       <c r="I61" s="11"/>
       <c r="J61" s="11"/>
       <c r="K61" s="13"/>
       <c r="L61" s="11"/>
       <c r="M61" s="11"/>
       <c r="N61" s="11"/>
-      <c r="O61" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O61" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P61" s="20"/>
+      <c r="Q61" s="11"/>
     </row>
     <row r="62" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A62" s="11"/>
       <c r="B62" s="12"/>
       <c r="C62" s="12"/>
       <c r="D62" s="12"/>
       <c r="E62" s="12"/>
       <c r="F62" s="12"/>
       <c r="G62" s="11"/>
       <c r="H62" s="12"/>
       <c r="I62" s="11"/>
       <c r="J62" s="11"/>
       <c r="K62" s="13"/>
       <c r="L62" s="11"/>
       <c r="M62" s="11"/>
       <c r="N62" s="11"/>
-      <c r="O62" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O62" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P62" s="20"/>
+      <c r="Q62" s="11"/>
     </row>
     <row r="63" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A63" s="11"/>
       <c r="B63" s="12"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="12"/>
       <c r="G63" s="11"/>
       <c r="H63" s="12"/>
       <c r="I63" s="11"/>
       <c r="J63" s="11"/>
       <c r="K63" s="13"/>
       <c r="L63" s="11"/>
       <c r="M63" s="11"/>
       <c r="N63" s="11"/>
-      <c r="O63" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O63" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P63" s="20"/>
+      <c r="Q63" s="11"/>
     </row>
     <row r="64" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A64" s="11"/>
       <c r="B64" s="12"/>
       <c r="C64" s="12"/>
       <c r="D64" s="12"/>
       <c r="E64" s="12"/>
       <c r="F64" s="12"/>
       <c r="G64" s="11"/>
       <c r="H64" s="12"/>
       <c r="I64" s="11"/>
       <c r="J64" s="11"/>
       <c r="K64" s="13"/>
       <c r="L64" s="11"/>
       <c r="M64" s="11"/>
       <c r="N64" s="11"/>
-      <c r="O64" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O64" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P64" s="20"/>
+      <c r="Q64" s="11"/>
     </row>
     <row r="65" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A65" s="11"/>
       <c r="B65" s="12"/>
       <c r="C65" s="12"/>
       <c r="D65" s="12"/>
       <c r="E65" s="12"/>
       <c r="F65" s="12"/>
       <c r="G65" s="11"/>
       <c r="H65" s="12"/>
       <c r="I65" s="11"/>
       <c r="J65" s="11"/>
       <c r="K65" s="13"/>
       <c r="L65" s="11"/>
       <c r="M65" s="11"/>
       <c r="N65" s="11"/>
-      <c r="O65" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O65" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P65" s="20"/>
+      <c r="Q65" s="11"/>
     </row>
     <row r="66" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A66" s="11"/>
       <c r="B66" s="12"/>
       <c r="C66" s="12"/>
       <c r="D66" s="12"/>
       <c r="E66" s="12"/>
       <c r="F66" s="12"/>
       <c r="G66" s="11"/>
       <c r="H66" s="12"/>
       <c r="I66" s="11"/>
       <c r="J66" s="11"/>
       <c r="K66" s="13"/>
       <c r="L66" s="11"/>
       <c r="M66" s="11"/>
       <c r="N66" s="11"/>
-      <c r="O66" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O66" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P66" s="20"/>
+      <c r="Q66" s="11"/>
     </row>
     <row r="67" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A67" s="11"/>
       <c r="B67" s="12"/>
       <c r="C67" s="12"/>
       <c r="D67" s="12"/>
       <c r="E67" s="12"/>
       <c r="F67" s="12"/>
       <c r="G67" s="11"/>
       <c r="H67" s="12"/>
       <c r="I67" s="11"/>
       <c r="J67" s="11"/>
       <c r="K67" s="13"/>
       <c r="L67" s="11"/>
       <c r="M67" s="11"/>
       <c r="N67" s="11"/>
-      <c r="O67" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O67" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P67" s="20"/>
+      <c r="Q67" s="11"/>
     </row>
     <row r="68" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A68" s="11"/>
       <c r="B68" s="12"/>
       <c r="C68" s="12"/>
       <c r="D68" s="12"/>
       <c r="E68" s="12"/>
       <c r="F68" s="12"/>
       <c r="G68" s="11"/>
       <c r="H68" s="12"/>
       <c r="I68" s="11"/>
       <c r="J68" s="11"/>
       <c r="K68" s="13"/>
       <c r="L68" s="11"/>
       <c r="M68" s="11"/>
       <c r="N68" s="11"/>
-      <c r="O68" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O68" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P68" s="20"/>
+      <c r="Q68" s="11"/>
     </row>
     <row r="69" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A69" s="11"/>
       <c r="B69" s="12"/>
       <c r="C69" s="12"/>
       <c r="D69" s="12"/>
       <c r="E69" s="12"/>
       <c r="F69" s="12"/>
       <c r="G69" s="11"/>
       <c r="H69" s="12"/>
       <c r="I69" s="11"/>
       <c r="J69" s="11"/>
       <c r="K69" s="13"/>
       <c r="L69" s="11"/>
       <c r="M69" s="11"/>
       <c r="N69" s="11"/>
-      <c r="O69" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O69" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P69" s="20"/>
+      <c r="Q69" s="11"/>
     </row>
     <row r="70" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A70" s="11"/>
       <c r="B70" s="12"/>
       <c r="C70" s="12"/>
       <c r="D70" s="12"/>
       <c r="E70" s="12"/>
       <c r="F70" s="12"/>
       <c r="G70" s="11"/>
       <c r="H70" s="12"/>
       <c r="I70" s="11"/>
       <c r="J70" s="11"/>
       <c r="K70" s="13"/>
       <c r="L70" s="11"/>
       <c r="M70" s="11"/>
       <c r="N70" s="11"/>
-      <c r="O70" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O70" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P70" s="20"/>
+      <c r="Q70" s="11"/>
     </row>
     <row r="71" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A71" s="11"/>
       <c r="B71" s="12"/>
       <c r="C71" s="12"/>
       <c r="D71" s="12"/>
       <c r="E71" s="12"/>
       <c r="F71" s="12"/>
       <c r="G71" s="11"/>
       <c r="H71" s="12"/>
       <c r="I71" s="11"/>
       <c r="J71" s="11"/>
       <c r="K71" s="13"/>
       <c r="L71" s="11"/>
       <c r="M71" s="11"/>
       <c r="N71" s="11"/>
-      <c r="O71" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O71" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P71" s="20"/>
+      <c r="Q71" s="11"/>
     </row>
     <row r="72" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A72" s="11"/>
       <c r="B72" s="12"/>
       <c r="C72" s="12"/>
       <c r="D72" s="12"/>
       <c r="E72" s="12"/>
       <c r="F72" s="12"/>
       <c r="G72" s="11"/>
       <c r="H72" s="12"/>
       <c r="I72" s="11"/>
       <c r="J72" s="11"/>
       <c r="K72" s="13"/>
       <c r="L72" s="11"/>
       <c r="M72" s="11"/>
       <c r="N72" s="11"/>
-      <c r="O72" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O72" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P72" s="20"/>
+      <c r="Q72" s="11"/>
     </row>
     <row r="73" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A73" s="11"/>
       <c r="B73" s="12"/>
       <c r="C73" s="12"/>
       <c r="D73" s="12"/>
       <c r="E73" s="12"/>
       <c r="F73" s="12"/>
       <c r="G73" s="11"/>
       <c r="H73" s="12"/>
       <c r="I73" s="11"/>
       <c r="J73" s="11"/>
       <c r="K73" s="13"/>
       <c r="L73" s="11"/>
       <c r="M73" s="11"/>
       <c r="N73" s="11"/>
-      <c r="O73" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O73" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P73" s="20"/>
+      <c r="Q73" s="11"/>
     </row>
     <row r="74" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A74" s="11"/>
       <c r="B74" s="12"/>
       <c r="C74" s="12"/>
       <c r="D74" s="12"/>
       <c r="E74" s="12"/>
       <c r="F74" s="12"/>
       <c r="G74" s="11"/>
       <c r="H74" s="12"/>
       <c r="I74" s="11"/>
       <c r="J74" s="11"/>
       <c r="K74" s="13"/>
       <c r="L74" s="11"/>
       <c r="M74" s="11"/>
       <c r="N74" s="11"/>
-      <c r="O74" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O74" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P74" s="20"/>
+      <c r="Q74" s="11"/>
     </row>
     <row r="75" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A75" s="11"/>
       <c r="B75" s="12"/>
       <c r="C75" s="12"/>
       <c r="D75" s="12"/>
       <c r="E75" s="12"/>
       <c r="F75" s="12"/>
       <c r="G75" s="11"/>
       <c r="H75" s="12"/>
       <c r="I75" s="11"/>
       <c r="J75" s="11"/>
       <c r="K75" s="13"/>
       <c r="L75" s="11"/>
       <c r="M75" s="11"/>
       <c r="N75" s="11"/>
-      <c r="O75" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O75" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="P75" s="20"/>
+      <c r="Q75" s="11"/>
     </row>
     <row r="76" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A76" s="11"/>
       <c r="B76" s="12"/>
       <c r="C76" s="12"/>
       <c r="D76" s="12"/>
       <c r="E76" s="12"/>
       <c r="F76" s="12"/>
       <c r="G76" s="11"/>
       <c r="H76" s="12"/>
       <c r="I76" s="11"/>
       <c r="J76" s="11"/>
       <c r="K76" s="13"/>
       <c r="L76" s="11"/>
       <c r="M76" s="11"/>
       <c r="N76" s="11"/>
-      <c r="O76" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O76" s="33">
+        <f t="shared" ref="O76:O111" si="1">IF(M76-TRUNC(M76)=0.5,IF(EVEN(M76)-M76&gt;1,FLOOR(M76,1),EVEN(M76)),ROUND(M76,0))-N76</f>
+        <v>0</v>
+      </c>
+      <c r="P76" s="20"/>
+      <c r="Q76" s="11"/>
     </row>
     <row r="77" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A77" s="11"/>
       <c r="B77" s="12"/>
       <c r="C77" s="12"/>
       <c r="D77" s="12"/>
       <c r="E77" s="12"/>
       <c r="F77" s="12"/>
       <c r="G77" s="11"/>
       <c r="H77" s="12"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="13"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
-      <c r="O77" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O77" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P77" s="20"/>
+      <c r="Q77" s="11"/>
     </row>
     <row r="78" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A78" s="11"/>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="11"/>
       <c r="H78" s="12"/>
       <c r="I78" s="11"/>
       <c r="J78" s="11"/>
       <c r="K78" s="13"/>
       <c r="L78" s="11"/>
       <c r="M78" s="11"/>
       <c r="N78" s="11"/>
-      <c r="O78" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O78" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P78" s="20"/>
+      <c r="Q78" s="11"/>
     </row>
     <row r="79" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A79" s="11"/>
       <c r="B79" s="12"/>
       <c r="C79" s="12"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="12"/>
       <c r="G79" s="11"/>
       <c r="H79" s="12"/>
       <c r="I79" s="11"/>
       <c r="J79" s="11"/>
       <c r="K79" s="13"/>
       <c r="L79" s="11"/>
       <c r="M79" s="11"/>
       <c r="N79" s="11"/>
-      <c r="O79" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O79" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P79" s="20"/>
+      <c r="Q79" s="11"/>
     </row>
     <row r="80" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A80" s="11"/>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="12"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="11"/>
       <c r="H80" s="12"/>
       <c r="I80" s="11"/>
       <c r="J80" s="11"/>
       <c r="K80" s="13"/>
       <c r="L80" s="11"/>
       <c r="M80" s="11"/>
       <c r="N80" s="11"/>
-      <c r="O80" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O80" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P80" s="20"/>
+      <c r="Q80" s="11"/>
     </row>
     <row r="81" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A81" s="11"/>
       <c r="B81" s="12"/>
       <c r="C81" s="12"/>
       <c r="D81" s="12"/>
       <c r="E81" s="12"/>
       <c r="F81" s="12"/>
       <c r="G81" s="11"/>
       <c r="H81" s="12"/>
       <c r="I81" s="11"/>
       <c r="J81" s="11"/>
       <c r="K81" s="13"/>
       <c r="L81" s="11"/>
       <c r="M81" s="11"/>
       <c r="N81" s="11"/>
-      <c r="O81" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O81" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P81" s="20"/>
+      <c r="Q81" s="11"/>
     </row>
     <row r="82" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A82" s="11"/>
       <c r="B82" s="12"/>
       <c r="C82" s="12"/>
       <c r="D82" s="12"/>
       <c r="E82" s="12"/>
       <c r="F82" s="12"/>
       <c r="G82" s="11"/>
       <c r="H82" s="12"/>
       <c r="I82" s="11"/>
       <c r="J82" s="11"/>
       <c r="K82" s="13"/>
       <c r="L82" s="11"/>
       <c r="M82" s="11"/>
       <c r="N82" s="11"/>
-      <c r="O82" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O82" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P82" s="20"/>
+      <c r="Q82" s="11"/>
     </row>
     <row r="83" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A83" s="11"/>
       <c r="B83" s="12"/>
       <c r="C83" s="12"/>
       <c r="D83" s="12"/>
       <c r="E83" s="12"/>
       <c r="F83" s="12"/>
       <c r="G83" s="11"/>
       <c r="H83" s="12"/>
       <c r="I83" s="11"/>
       <c r="J83" s="11"/>
       <c r="K83" s="13"/>
       <c r="L83" s="11"/>
       <c r="M83" s="11"/>
       <c r="N83" s="11"/>
-      <c r="O83" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O83" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P83" s="20"/>
+      <c r="Q83" s="11"/>
     </row>
     <row r="84" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A84" s="11"/>
       <c r="B84" s="12"/>
       <c r="C84" s="12"/>
       <c r="D84" s="12"/>
       <c r="E84" s="12"/>
       <c r="F84" s="12"/>
       <c r="G84" s="11"/>
       <c r="H84" s="12"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="13"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
-      <c r="O84" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O84" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P84" s="20"/>
+      <c r="Q84" s="11"/>
     </row>
     <row r="85" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A85" s="11"/>
       <c r="B85" s="12"/>
       <c r="C85" s="12"/>
       <c r="D85" s="12"/>
       <c r="E85" s="12"/>
       <c r="F85" s="12"/>
       <c r="G85" s="11"/>
       <c r="H85" s="12"/>
       <c r="I85" s="11"/>
       <c r="J85" s="11"/>
       <c r="K85" s="13"/>
       <c r="L85" s="11"/>
       <c r="M85" s="11"/>
       <c r="N85" s="11"/>
-      <c r="O85" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O85" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P85" s="20"/>
+      <c r="Q85" s="11"/>
     </row>
     <row r="86" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A86" s="11"/>
       <c r="B86" s="12"/>
       <c r="C86" s="12"/>
       <c r="D86" s="12"/>
       <c r="E86" s="12"/>
       <c r="F86" s="12"/>
       <c r="G86" s="11"/>
       <c r="H86" s="12"/>
       <c r="I86" s="11"/>
       <c r="J86" s="11"/>
       <c r="K86" s="13"/>
       <c r="L86" s="11"/>
       <c r="M86" s="11"/>
       <c r="N86" s="11"/>
-      <c r="O86" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O86" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P86" s="20"/>
+      <c r="Q86" s="11"/>
     </row>
     <row r="87" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A87" s="11"/>
       <c r="B87" s="12"/>
       <c r="C87" s="12"/>
       <c r="D87" s="12"/>
       <c r="E87" s="12"/>
       <c r="F87" s="12"/>
       <c r="G87" s="11"/>
       <c r="H87" s="12"/>
       <c r="I87" s="11"/>
       <c r="J87" s="11"/>
       <c r="K87" s="13"/>
       <c r="L87" s="11"/>
       <c r="M87" s="11"/>
       <c r="N87" s="11"/>
-      <c r="O87" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O87" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P87" s="20"/>
+      <c r="Q87" s="11"/>
     </row>
     <row r="88" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A88" s="11"/>
       <c r="B88" s="12"/>
       <c r="C88" s="12"/>
       <c r="D88" s="12"/>
       <c r="E88" s="12"/>
       <c r="F88" s="12"/>
       <c r="G88" s="11"/>
       <c r="H88" s="12"/>
       <c r="I88" s="11"/>
       <c r="J88" s="11"/>
       <c r="K88" s="13"/>
       <c r="L88" s="11"/>
       <c r="M88" s="11"/>
       <c r="N88" s="11"/>
-      <c r="O88" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O88" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P88" s="20"/>
+      <c r="Q88" s="11"/>
     </row>
     <row r="89" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A89" s="11"/>
       <c r="B89" s="12"/>
       <c r="C89" s="12"/>
       <c r="D89" s="12"/>
       <c r="E89" s="12"/>
       <c r="F89" s="12"/>
       <c r="G89" s="11"/>
       <c r="H89" s="12"/>
       <c r="I89" s="11"/>
       <c r="J89" s="11"/>
       <c r="K89" s="13"/>
       <c r="L89" s="11"/>
       <c r="M89" s="11"/>
       <c r="N89" s="11"/>
-      <c r="O89" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O89" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P89" s="20"/>
+      <c r="Q89" s="11"/>
     </row>
     <row r="90" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A90" s="11"/>
       <c r="B90" s="12"/>
       <c r="C90" s="12"/>
       <c r="D90" s="12"/>
       <c r="E90" s="12"/>
       <c r="F90" s="12"/>
       <c r="G90" s="11"/>
       <c r="H90" s="12"/>
       <c r="I90" s="11"/>
       <c r="J90" s="11"/>
       <c r="K90" s="13"/>
       <c r="L90" s="11"/>
       <c r="M90" s="11"/>
       <c r="N90" s="11"/>
-      <c r="O90" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O90" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P90" s="20"/>
+      <c r="Q90" s="11"/>
     </row>
     <row r="91" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A91" s="11"/>
       <c r="B91" s="12"/>
       <c r="C91" s="12"/>
       <c r="D91" s="12"/>
       <c r="E91" s="12"/>
       <c r="F91" s="12"/>
       <c r="G91" s="11"/>
       <c r="H91" s="12"/>
       <c r="I91" s="11"/>
       <c r="J91" s="11"/>
       <c r="K91" s="13"/>
       <c r="L91" s="11"/>
       <c r="M91" s="11"/>
       <c r="N91" s="11"/>
-      <c r="O91" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O91" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P91" s="20"/>
+      <c r="Q91" s="11"/>
     </row>
     <row r="92" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A92" s="11"/>
       <c r="B92" s="12"/>
       <c r="C92" s="12"/>
       <c r="D92" s="12"/>
       <c r="E92" s="12"/>
       <c r="F92" s="12"/>
       <c r="G92" s="11"/>
       <c r="H92" s="12"/>
       <c r="I92" s="11"/>
       <c r="J92" s="11"/>
       <c r="K92" s="13"/>
       <c r="L92" s="11"/>
       <c r="M92" s="11"/>
       <c r="N92" s="11"/>
-      <c r="O92" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O92" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P92" s="20"/>
+      <c r="Q92" s="11"/>
     </row>
     <row r="93" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A93" s="11"/>
       <c r="B93" s="12"/>
       <c r="C93" s="12"/>
       <c r="D93" s="12"/>
       <c r="E93" s="12"/>
       <c r="F93" s="12"/>
       <c r="G93" s="11"/>
       <c r="H93" s="12"/>
       <c r="I93" s="11"/>
       <c r="J93" s="11"/>
       <c r="K93" s="13"/>
       <c r="L93" s="11"/>
       <c r="M93" s="11"/>
       <c r="N93" s="11"/>
-      <c r="O93" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O93" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P93" s="20"/>
+      <c r="Q93" s="11"/>
     </row>
     <row r="94" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A94" s="11"/>
       <c r="B94" s="12"/>
       <c r="C94" s="12"/>
       <c r="D94" s="12"/>
       <c r="E94" s="12"/>
       <c r="F94" s="12"/>
       <c r="G94" s="11"/>
       <c r="H94" s="12"/>
       <c r="I94" s="11"/>
       <c r="J94" s="11"/>
       <c r="K94" s="13"/>
       <c r="L94" s="11"/>
       <c r="M94" s="11"/>
       <c r="N94" s="11"/>
-      <c r="O94" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O94" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P94" s="20"/>
+      <c r="Q94" s="11"/>
     </row>
     <row r="95" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A95" s="11"/>
       <c r="B95" s="12"/>
       <c r="C95" s="12"/>
       <c r="D95" s="12"/>
       <c r="E95" s="12"/>
       <c r="F95" s="12"/>
       <c r="G95" s="11"/>
       <c r="H95" s="12"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
       <c r="K95" s="13"/>
       <c r="L95" s="11"/>
       <c r="M95" s="11"/>
       <c r="N95" s="11"/>
-      <c r="O95" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O95" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P95" s="20"/>
+      <c r="Q95" s="11"/>
     </row>
     <row r="96" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A96" s="11"/>
       <c r="B96" s="12"/>
       <c r="C96" s="12"/>
       <c r="D96" s="12"/>
       <c r="E96" s="12"/>
       <c r="F96" s="12"/>
       <c r="G96" s="11"/>
       <c r="H96" s="12"/>
       <c r="I96" s="11"/>
       <c r="J96" s="11"/>
       <c r="K96" s="13"/>
       <c r="L96" s="11"/>
       <c r="M96" s="11"/>
       <c r="N96" s="11"/>
-      <c r="O96" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O96" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P96" s="20"/>
+      <c r="Q96" s="11"/>
     </row>
     <row r="97" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A97" s="11"/>
       <c r="B97" s="12"/>
       <c r="C97" s="12"/>
       <c r="D97" s="12"/>
       <c r="E97" s="12"/>
       <c r="F97" s="12"/>
       <c r="G97" s="11"/>
       <c r="H97" s="12"/>
       <c r="I97" s="11"/>
       <c r="J97" s="11"/>
       <c r="K97" s="13"/>
       <c r="L97" s="11"/>
       <c r="M97" s="11"/>
       <c r="N97" s="11"/>
-      <c r="O97" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O97" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P97" s="20"/>
+      <c r="Q97" s="11"/>
     </row>
     <row r="98" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A98" s="11"/>
       <c r="B98" s="12"/>
       <c r="C98" s="12"/>
       <c r="D98" s="12"/>
       <c r="E98" s="12"/>
       <c r="F98" s="12"/>
       <c r="G98" s="11"/>
       <c r="H98" s="12"/>
       <c r="I98" s="11"/>
       <c r="J98" s="11"/>
       <c r="K98" s="13"/>
       <c r="L98" s="11"/>
       <c r="M98" s="11"/>
       <c r="N98" s="11"/>
-      <c r="O98" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O98" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P98" s="20"/>
+      <c r="Q98" s="11"/>
     </row>
     <row r="99" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A99" s="11"/>
       <c r="B99" s="12"/>
       <c r="C99" s="12"/>
       <c r="D99" s="12"/>
       <c r="E99" s="12"/>
       <c r="F99" s="12"/>
       <c r="G99" s="11"/>
       <c r="H99" s="12"/>
       <c r="I99" s="11"/>
       <c r="J99" s="11"/>
       <c r="K99" s="13"/>
       <c r="L99" s="11"/>
       <c r="M99" s="11"/>
       <c r="N99" s="11"/>
-      <c r="O99" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O99" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P99" s="20"/>
+      <c r="Q99" s="11"/>
     </row>
     <row r="100" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A100" s="11"/>
       <c r="B100" s="12"/>
       <c r="C100" s="12"/>
       <c r="D100" s="12"/>
       <c r="E100" s="12"/>
       <c r="F100" s="12"/>
       <c r="G100" s="11"/>
       <c r="H100" s="12"/>
       <c r="I100" s="11"/>
       <c r="J100" s="11"/>
       <c r="K100" s="13"/>
       <c r="L100" s="11"/>
       <c r="M100" s="11"/>
       <c r="N100" s="11"/>
-      <c r="O100" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O100" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P100" s="20"/>
+      <c r="Q100" s="11"/>
     </row>
     <row r="101" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A101" s="11"/>
       <c r="B101" s="12"/>
       <c r="C101" s="12"/>
       <c r="D101" s="12"/>
       <c r="E101" s="12"/>
       <c r="F101" s="12"/>
       <c r="G101" s="11"/>
       <c r="H101" s="12"/>
       <c r="I101" s="11"/>
       <c r="J101" s="11"/>
       <c r="K101" s="13"/>
       <c r="L101" s="11"/>
       <c r="M101" s="11"/>
       <c r="N101" s="11"/>
-      <c r="O101" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O101" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P101" s="20"/>
+      <c r="Q101" s="11"/>
     </row>
     <row r="102" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A102" s="11"/>
       <c r="B102" s="12"/>
       <c r="C102" s="12"/>
       <c r="D102" s="12"/>
       <c r="E102" s="12"/>
       <c r="F102" s="12"/>
       <c r="G102" s="11"/>
       <c r="H102" s="12"/>
       <c r="I102" s="11"/>
       <c r="J102" s="11"/>
       <c r="K102" s="13"/>
       <c r="L102" s="11"/>
       <c r="M102" s="11"/>
       <c r="N102" s="11"/>
-      <c r="O102" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O102" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P102" s="20"/>
+      <c r="Q102" s="11"/>
     </row>
     <row r="103" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A103" s="11"/>
       <c r="B103" s="12"/>
       <c r="C103" s="12"/>
       <c r="D103" s="12"/>
       <c r="E103" s="12"/>
       <c r="F103" s="12"/>
       <c r="G103" s="11"/>
       <c r="H103" s="12"/>
       <c r="I103" s="11"/>
       <c r="J103" s="11"/>
       <c r="K103" s="13"/>
       <c r="L103" s="11"/>
       <c r="M103" s="11"/>
       <c r="N103" s="11"/>
-      <c r="O103" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O103" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P103" s="20"/>
+      <c r="Q103" s="11"/>
     </row>
     <row r="104" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A104" s="11"/>
       <c r="B104" s="12"/>
       <c r="C104" s="12"/>
       <c r="D104" s="12"/>
       <c r="E104" s="12"/>
       <c r="F104" s="12"/>
       <c r="G104" s="11"/>
       <c r="H104" s="12"/>
       <c r="I104" s="11"/>
       <c r="J104" s="11"/>
       <c r="K104" s="13"/>
       <c r="L104" s="11"/>
       <c r="M104" s="11"/>
       <c r="N104" s="11"/>
-      <c r="O104" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O104" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P104" s="20"/>
+      <c r="Q104" s="11"/>
     </row>
     <row r="105" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A105" s="11"/>
       <c r="B105" s="12"/>
       <c r="C105" s="12"/>
       <c r="D105" s="12"/>
       <c r="E105" s="12"/>
       <c r="F105" s="12"/>
       <c r="G105" s="11"/>
       <c r="H105" s="12"/>
       <c r="I105" s="11"/>
       <c r="J105" s="11"/>
       <c r="K105" s="13"/>
       <c r="L105" s="11"/>
       <c r="M105" s="11"/>
       <c r="N105" s="11"/>
-      <c r="O105" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O105" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P105" s="20"/>
+      <c r="Q105" s="11"/>
     </row>
     <row r="106" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A106" s="11"/>
       <c r="B106" s="12"/>
       <c r="C106" s="12"/>
       <c r="D106" s="12"/>
       <c r="E106" s="12"/>
       <c r="F106" s="12"/>
       <c r="G106" s="11"/>
       <c r="H106" s="12"/>
       <c r="I106" s="11"/>
       <c r="J106" s="11"/>
       <c r="K106" s="13"/>
       <c r="L106" s="11"/>
       <c r="M106" s="11"/>
       <c r="N106" s="11"/>
-      <c r="O106" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O106" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P106" s="20"/>
+      <c r="Q106" s="11"/>
     </row>
     <row r="107" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A107" s="11"/>
       <c r="B107" s="12"/>
       <c r="C107" s="12"/>
       <c r="D107" s="12"/>
       <c r="E107" s="12"/>
       <c r="F107" s="12"/>
       <c r="G107" s="11"/>
       <c r="H107" s="12"/>
       <c r="I107" s="11"/>
       <c r="J107" s="11"/>
       <c r="K107" s="13"/>
       <c r="L107" s="11"/>
       <c r="M107" s="11"/>
       <c r="N107" s="11"/>
-      <c r="O107" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O107" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P107" s="20"/>
+      <c r="Q107" s="11"/>
     </row>
     <row r="108" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A108" s="11"/>
       <c r="B108" s="12"/>
       <c r="C108" s="12"/>
       <c r="D108" s="12"/>
       <c r="E108" s="12"/>
       <c r="F108" s="12"/>
       <c r="G108" s="11"/>
       <c r="H108" s="12"/>
       <c r="I108" s="11"/>
       <c r="J108" s="11"/>
       <c r="K108" s="13"/>
       <c r="L108" s="11"/>
       <c r="M108" s="11"/>
       <c r="N108" s="11"/>
-      <c r="O108" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O108" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P108" s="20"/>
+      <c r="Q108" s="11"/>
     </row>
     <row r="109" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A109" s="11"/>
       <c r="B109" s="12"/>
       <c r="C109" s="12"/>
       <c r="D109" s="12"/>
       <c r="E109" s="12"/>
       <c r="F109" s="12"/>
       <c r="G109" s="11"/>
       <c r="H109" s="12"/>
       <c r="I109" s="11"/>
       <c r="J109" s="11"/>
       <c r="K109" s="13"/>
       <c r="L109" s="11"/>
       <c r="M109" s="11"/>
       <c r="N109" s="11"/>
-      <c r="O109" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O109" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P109" s="20"/>
+      <c r="Q109" s="11"/>
     </row>
     <row r="110" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A110" s="11"/>
       <c r="B110" s="12"/>
       <c r="C110" s="12"/>
       <c r="D110" s="12"/>
       <c r="E110" s="12"/>
       <c r="F110" s="12"/>
       <c r="G110" s="11"/>
       <c r="H110" s="12"/>
       <c r="I110" s="11"/>
       <c r="J110" s="11"/>
       <c r="K110" s="13"/>
       <c r="L110" s="11"/>
       <c r="M110" s="11"/>
       <c r="N110" s="11"/>
-      <c r="O110" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O110" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P110" s="20"/>
+      <c r="Q110" s="11"/>
     </row>
     <row r="111" spans="1:17" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A111" s="11"/>
       <c r="B111" s="12"/>
       <c r="C111" s="12"/>
       <c r="D111" s="12"/>
       <c r="E111" s="12"/>
       <c r="F111" s="12"/>
       <c r="G111" s="11"/>
       <c r="H111" s="12"/>
       <c r="I111" s="11"/>
       <c r="J111" s="11"/>
       <c r="K111" s="13"/>
       <c r="L111" s="11"/>
       <c r="M111" s="11"/>
       <c r="N111" s="11"/>
-      <c r="O111" s="35">
-[...7 lines deleted...]
-      </c>
+      <c r="O111" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P111" s="20"/>
+      <c r="Q111" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="P2:Q9"/>
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="C5:G5"/>
     <mergeCell ref="C7:G7"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20467414-3EA9-4422-8DA8-A54B94B1355A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1EE2483-1110-499B-95FF-AB2EB2C146A4}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="AC99" sqref="AC99"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="Z20" sqref="Z20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
@@ -4144,69 +3529,58 @@
       </c>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="+NXe+EkmU4bX6987S5Ilx08KN237qtwiAzYinrInd8AteTqRcPRGA4yhgjs1ztuT6mlfz89GCqcVnHwtTTK2DQ==" saltValue="LYPeKxyrorWMQuaooa8Wyw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="11d1p9O2dUQEkBqP/0EurxKDtTsXXSdhs5n/PjiZO8aUiWjiqVd88TCecMmFwSsNAxUvO+1oBkCNvwMZmeagdw==" saltValue="RrAzqQSyfx51lxvniXGcbg==" spinCount="100000" sqref="A1:A5" name="Bereik1"/>
   </protectedRanges>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Lijst saneringsobjecten </vt:lpstr>
       <vt:lpstr>Toelichting</vt:lpstr>
       <vt:lpstr>Blad2</vt:lpstr>
-      <vt:lpstr>Toelichting!_Hlk172019851</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Toelichting!OLE_LINK1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>L.Heuvel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>